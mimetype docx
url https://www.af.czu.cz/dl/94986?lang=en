--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -4,60 +4,59 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2307F761" w14:textId="16DC9392" w:rsidR="00F44574" w:rsidRPr="00294A11" w:rsidRDefault="009C5B6C" w:rsidP="00F44574">
       <w:pPr>
         <w:pStyle w:val="Titulka"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Czech University of Life Sciences Prague</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03AA0727" w14:textId="77777777" w:rsidR="00F44574" w:rsidRPr="00294A11" w:rsidRDefault="00F44574" w:rsidP="00F44574">
       <w:pPr>
         <w:pStyle w:val="Titulka"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -758,51 +757,69 @@
         </w:rPr>
         <w:t xml:space="preserve"> literature </w:t>
       </w:r>
       <w:r w:rsidR="00294A11" w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">and other information sources that have been indicated in the thesis and listed in the bibliography at the end of the thesis. As the author of the </w:t>
       </w:r>
       <w:r w:rsidR="003E7E2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>maste</w:t>
       </w:r>
       <w:r w:rsidR="00294A11" w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">r’s thesis, I futher state that I have not infringed the copyrights of third parties in connection with its creation.  </w:t>
+        <w:t xml:space="preserve">r’s thesis, I </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00294A11" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>futher</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00294A11" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> state that I have not infringed the copyrights of third parties in connection with its creation.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A7D7059" w14:textId="77536552" w:rsidR="00301B45" w:rsidRPr="00294A11" w:rsidRDefault="00301B45" w:rsidP="00301B45">
       <w:pPr>
         <w:pStyle w:val="Diplomka"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="394BFAB2" w14:textId="77777777" w:rsidR="005F5B12" w:rsidRPr="00294A11" w:rsidRDefault="005F5B12" w:rsidP="00301B45">
       <w:pPr>
         <w:pStyle w:val="Diplomka"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32DD5BF3" w14:textId="6D31F4BD" w:rsidR="00301B45" w:rsidRPr="00294A11" w:rsidRDefault="00294A11" w:rsidP="00301B45">
       <w:pPr>
@@ -1227,2110 +1244,1742 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Content</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BF544AB" w14:textId="77777777" w:rsidR="00A97122" w:rsidRPr="00294A11" w:rsidRDefault="00A97122">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B581D79" w14:textId="5ADAE357" w:rsidR="00B65AF5" w:rsidRPr="00294A11" w:rsidRDefault="005C1C86">
+    <w:p w14:paraId="3B6F8A87" w14:textId="768610B4" w:rsidR="00704D36" w:rsidRPr="00704D36" w:rsidRDefault="005C1C86">
       <w:pPr>
         <w:pStyle w:val="Obsah1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-GB" w:eastAsia="cs-CZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
+        <w:instrText xml:space="preserve"> TOC \o "1-4" \h \z \u </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> TOC \o "1-4" \h \z \u </w:instrText>
-[...8 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc526934564" w:history="1">
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+      <w:hyperlink w:anchor="_Toc214883458" w:history="1">
+        <w:r w:rsidR="00704D36" w:rsidRPr="00704D36">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidR="00704D36" w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
             <w:b w:val="0"/>
+            <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
-            <w:lang w:val="en-GB" w:eastAsia="cs-CZ"/>
+            <w:lang w:eastAsia="cs-CZ"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00EA19A5">
+        <w:r w:rsidR="00704D36" w:rsidRPr="00704D36">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Introduction</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidR="00704D36" w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidR="00704D36" w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidR="00704D36" w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc526934564 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214883458 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidR="00704D36" w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidR="00704D36" w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007417E7" w:rsidRPr="00294A11">
+        <w:r w:rsidR="00704D36" w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>7</w:t>
+          <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidR="00704D36" w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5E6FA47D" w14:textId="545AD996" w:rsidR="00B65AF5" w:rsidRPr="00294A11" w:rsidRDefault="009E5A38">
+    <w:p w14:paraId="4122390E" w14:textId="61E53033" w:rsidR="00704D36" w:rsidRPr="00704D36" w:rsidRDefault="00704D36">
       <w:pPr>
         <w:pStyle w:val="Obsah1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-GB" w:eastAsia="cs-CZ"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc526934565" w:history="1">
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+      <w:hyperlink w:anchor="_Toc214883459" w:history="1">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
             <w:b w:val="0"/>
+            <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
-            <w:lang w:val="en-GB" w:eastAsia="cs-CZ"/>
+            <w:lang w:eastAsia="cs-CZ"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="003E7E2A">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>Scientific hypothesis and a</w:t>
+          <w:t>Scientific hypothesis and aims of the thesis</w:t>
         </w:r>
-        <w:r w:rsidR="00EA19A5">
-[...29 lines deleted...]
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc526934565 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214883459 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007417E7" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>8</w:t>
+          <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7C064113" w14:textId="11DABB79" w:rsidR="00B65AF5" w:rsidRPr="00294A11" w:rsidRDefault="009E5A38">
+    <w:p w14:paraId="58F3B868" w14:textId="6291450B" w:rsidR="00704D36" w:rsidRPr="00704D36" w:rsidRDefault="00704D36">
       <w:pPr>
         <w:pStyle w:val="Obsah1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-GB" w:eastAsia="cs-CZ"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc526934566" w:history="1">
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+      <w:hyperlink w:anchor="_Toc214883460" w:history="1">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
             <w:b w:val="0"/>
+            <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
-            <w:lang w:val="en-GB" w:eastAsia="cs-CZ"/>
+            <w:lang w:eastAsia="cs-CZ"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>Liter</w:t>
+          <w:t>Literature review</w:t>
         </w:r>
-        <w:r w:rsidR="00EA19A5">
-[...9 lines deleted...]
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc526934566 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214883460 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007417E7" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>9</w:t>
+          <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="16FB64CD" w14:textId="141D9A4A" w:rsidR="00B65AF5" w:rsidRPr="00294A11" w:rsidRDefault="009E5A38">
+    <w:p w14:paraId="18F66452" w14:textId="3A10DC74" w:rsidR="00704D36" w:rsidRPr="00704D36" w:rsidRDefault="00704D36">
       <w:pPr>
         <w:pStyle w:val="Obsah2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:lang w:val="en-GB" w:eastAsia="cs-CZ"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc526934567" w:history="1">
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+      <w:hyperlink w:anchor="_Toc214883461" w:history="1">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>3.1</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
             <w:b w:val="0"/>
-            <w:lang w:val="en-GB" w:eastAsia="cs-CZ"/>
+            <w:kern w:val="2"/>
+            <w:lang w:eastAsia="cs-CZ"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00EA19A5">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>Subchapter</w:t>
+          <w:t>Subchapter 1</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
-[...7 lines deleted...]
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc526934567 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214883461 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007417E7" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>9</w:t>
+          <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4556B95B" w14:textId="4DF789AC" w:rsidR="00B65AF5" w:rsidRPr="00294A11" w:rsidRDefault="009E5A38">
+    <w:p w14:paraId="3F735EE7" w14:textId="1BC745D4" w:rsidR="00704D36" w:rsidRPr="00704D36" w:rsidRDefault="00704D36">
       <w:pPr>
         <w:pStyle w:val="Obsah3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
-          <w:lang w:val="en-GB" w:eastAsia="cs-CZ"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc526934568" w:history="1">
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+      <w:hyperlink w:anchor="_Toc214883462" w:history="1">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>3.1.1</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
-            <w:lang w:val="en-GB" w:eastAsia="cs-CZ"/>
+            <w:kern w:val="2"/>
+            <w:lang w:eastAsia="cs-CZ"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00EA19A5">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>Subchapter</w:t>
+          <w:t>Subchapter 2</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214883462 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="480C97D6" w14:textId="7F6E968F" w:rsidR="00704D36" w:rsidRPr="00704D36" w:rsidRDefault="00704D36">
+      <w:pPr>
+        <w:pStyle w:val="Obsah1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc214883463" w:history="1">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t xml:space="preserve"> 2</w:t>
+          <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+            <w:b w:val="0"/>
+            <w:kern w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="cs-CZ"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rStyle w:val="Hypertextovodkaz"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>Methodology</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc526934568 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214883463 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007417E7" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2B11AA55" w14:textId="14AB4E7B" w:rsidR="00B65AF5" w:rsidRPr="00294A11" w:rsidRDefault="009E5A38">
+    <w:p w14:paraId="2629D75E" w14:textId="2E947043" w:rsidR="00704D36" w:rsidRPr="00704D36" w:rsidRDefault="00704D36">
       <w:pPr>
-        <w:pStyle w:val="Obsah1"/>
+        <w:pStyle w:val="Obsah2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-GB" w:eastAsia="cs-CZ"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc526934569" w:history="1">
-[...121 lines deleted...]
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+      <w:hyperlink w:anchor="_Toc214883464" w:history="1">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>4.1</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
             <w:b w:val="0"/>
-            <w:lang w:val="en-GB" w:eastAsia="cs-CZ"/>
+            <w:kern w:val="2"/>
+            <w:lang w:eastAsia="cs-CZ"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00EA19A5">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>Subchapter</w:t>
+          <w:t>Subchapter 1</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
-[...7 lines deleted...]
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc526934570 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214883464 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007417E7" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>10</w:t>
+          <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6DE24180" w14:textId="7468845F" w:rsidR="00B65AF5" w:rsidRPr="00294A11" w:rsidRDefault="009E5A38">
+    <w:p w14:paraId="2E37F6D5" w14:textId="101CAA09" w:rsidR="00704D36" w:rsidRPr="00704D36" w:rsidRDefault="00704D36">
       <w:pPr>
         <w:pStyle w:val="Obsah3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
-          <w:lang w:val="en-GB" w:eastAsia="cs-CZ"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc526934571" w:history="1">
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+      <w:hyperlink w:anchor="_Toc214883465" w:history="1">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>4.1.1</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
-            <w:lang w:val="en-GB" w:eastAsia="cs-CZ"/>
+            <w:kern w:val="2"/>
+            <w:lang w:eastAsia="cs-CZ"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00EA19A5">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>Subchapter</w:t>
+          <w:t>Subchapter 2</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214883465 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>9</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3405205F" w14:textId="2AFB27F7" w:rsidR="00704D36" w:rsidRPr="00704D36" w:rsidRDefault="00704D36">
+      <w:pPr>
+        <w:pStyle w:val="Obsah1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc214883466" w:history="1">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t xml:space="preserve"> 2</w:t>
+          <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+            <w:b w:val="0"/>
+            <w:kern w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="cs-CZ"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rStyle w:val="Hypertextovodkaz"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>Results</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc526934571 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214883466 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007417E7" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1BF7C09E" w14:textId="010178DC" w:rsidR="00B65AF5" w:rsidRPr="00294A11" w:rsidRDefault="009E5A38">
+    <w:p w14:paraId="43B7B1EE" w14:textId="258C4BEA" w:rsidR="00704D36" w:rsidRPr="00704D36" w:rsidRDefault="00704D36">
       <w:pPr>
-        <w:pStyle w:val="Obsah1"/>
+        <w:pStyle w:val="Obsah2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-GB" w:eastAsia="cs-CZ"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc526934572" w:history="1">
-[...111 lines deleted...]
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+      <w:hyperlink w:anchor="_Toc214883467" w:history="1">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>5.1</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
             <w:b w:val="0"/>
-            <w:lang w:val="en-GB" w:eastAsia="cs-CZ"/>
+            <w:kern w:val="2"/>
+            <w:lang w:eastAsia="cs-CZ"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00EA19A5">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>Subchapter</w:t>
+          <w:t>Subchapter 1</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
-[...7 lines deleted...]
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc526934573 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214883467 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007417E7" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>11</w:t>
+          <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7B610940" w14:textId="7997EAF5" w:rsidR="00B65AF5" w:rsidRPr="00294A11" w:rsidRDefault="009E5A38">
+    <w:p w14:paraId="7931D3FF" w14:textId="17ACD9DF" w:rsidR="00704D36" w:rsidRPr="00704D36" w:rsidRDefault="00704D36">
       <w:pPr>
         <w:pStyle w:val="Obsah3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
-          <w:lang w:val="en-GB" w:eastAsia="cs-CZ"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc526934574" w:history="1">
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+      <w:hyperlink w:anchor="_Toc214883468" w:history="1">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>5.1.1</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
-            <w:lang w:val="en-GB" w:eastAsia="cs-CZ"/>
+            <w:kern w:val="2"/>
+            <w:lang w:eastAsia="cs-CZ"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00EA19A5">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>Subchapter</w:t>
+          <w:t>Subchapter 2</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214883468 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>10</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="079EC3FE" w14:textId="715EC49E" w:rsidR="00704D36" w:rsidRPr="00704D36" w:rsidRDefault="00704D36">
+      <w:pPr>
+        <w:pStyle w:val="Obsah1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc214883469" w:history="1">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t xml:space="preserve"> 2</w:t>
+          <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+            <w:b w:val="0"/>
+            <w:kern w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="cs-CZ"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rStyle w:val="Hypertextovodkaz"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>Discussion</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc526934574 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214883469 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007417E7" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="54ACE1FF" w14:textId="2EC1FB7C" w:rsidR="00B65AF5" w:rsidRPr="00294A11" w:rsidRDefault="009E5A38">
+    <w:p w14:paraId="70D19F8B" w14:textId="1CBF9F76" w:rsidR="00704D36" w:rsidRPr="00704D36" w:rsidRDefault="00704D36">
       <w:pPr>
-        <w:pStyle w:val="Obsah1"/>
+        <w:pStyle w:val="Obsah2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-GB" w:eastAsia="cs-CZ"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc526934575" w:history="1">
-[...121 lines deleted...]
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+      <w:hyperlink w:anchor="_Toc214883470" w:history="1">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>6.1</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
             <w:b w:val="0"/>
-            <w:lang w:val="en-GB" w:eastAsia="cs-CZ"/>
+            <w:kern w:val="2"/>
+            <w:lang w:eastAsia="cs-CZ"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00EA19A5">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>Subchapter</w:t>
+          <w:t>Subchapter 1</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
-[...7 lines deleted...]
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc526934576 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214883470 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007417E7" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>12</w:t>
+          <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0F38C3BC" w14:textId="3449952E" w:rsidR="00B65AF5" w:rsidRPr="00294A11" w:rsidRDefault="009E5A38">
+    <w:p w14:paraId="34E28125" w14:textId="23331665" w:rsidR="00704D36" w:rsidRPr="00704D36" w:rsidRDefault="00704D36">
       <w:pPr>
         <w:pStyle w:val="Obsah3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
-          <w:lang w:val="en-GB" w:eastAsia="cs-CZ"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc526934577" w:history="1">
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+      <w:hyperlink w:anchor="_Toc214883471" w:history="1">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>6.1.1</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
-            <w:lang w:val="en-GB" w:eastAsia="cs-CZ"/>
+            <w:kern w:val="2"/>
+            <w:lang w:eastAsia="cs-CZ"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00EA19A5" w:rsidRPr="00EA19A5">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>Subchapte</w:t>
+          <w:t>Subchapter 2</w:t>
         </w:r>
-        <w:r w:rsidR="00EA19A5">
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214883471 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>11</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="708146C6" w14:textId="5AE9804F" w:rsidR="00704D36" w:rsidRPr="00704D36" w:rsidRDefault="00704D36">
+      <w:pPr>
+        <w:pStyle w:val="Obsah1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc214883472" w:history="1">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>r</w:t>
+          <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+            <w:b w:val="0"/>
+            <w:kern w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="cs-CZ"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t xml:space="preserve"> 2</w:t>
+          <w:t>Summary</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc526934577 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214883472 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007417E7" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0FB9C2C4" w14:textId="140E2A1C" w:rsidR="00B65AF5" w:rsidRPr="00294A11" w:rsidRDefault="009E5A38">
+    <w:p w14:paraId="2A850E12" w14:textId="6322E363" w:rsidR="00704D36" w:rsidRPr="00704D36" w:rsidRDefault="00704D36">
       <w:pPr>
         <w:pStyle w:val="Obsah1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-GB" w:eastAsia="cs-CZ"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc526934578" w:history="1">
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+      <w:hyperlink w:anchor="_Toc214883473" w:history="1">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>7</w:t>
+          <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
             <w:b w:val="0"/>
+            <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
-            <w:lang w:val="en-GB" w:eastAsia="cs-CZ"/>
+            <w:lang w:eastAsia="cs-CZ"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00EA19A5">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>Conclusion</w:t>
+          <w:t>List of references</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc526934578 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214883473 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007417E7" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="647186E8" w14:textId="353EC5D5" w:rsidR="00B65AF5" w:rsidRPr="00294A11" w:rsidRDefault="009E5A38">
+    <w:p w14:paraId="4D7990FF" w14:textId="091211C4" w:rsidR="00704D36" w:rsidRPr="00704D36" w:rsidRDefault="00704D36">
       <w:pPr>
         <w:pStyle w:val="Obsah1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-GB" w:eastAsia="cs-CZ"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc526934579" w:history="1">
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+      <w:hyperlink w:anchor="_Toc214883474" w:history="1">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>8</w:t>
+          <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
             <w:b w:val="0"/>
+            <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
-            <w:lang w:val="en-GB" w:eastAsia="cs-CZ"/>
+            <w:lang w:eastAsia="cs-CZ"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00EA19A5">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>Bibliography</w:t>
+          <w:t>List of abbreviations and symbols</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc526934579 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214883474 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007417E7" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="72516AD7" w14:textId="199C0935" w:rsidR="00B65AF5" w:rsidRPr="00294A11" w:rsidRDefault="009E5A38">
+    <w:p w14:paraId="4BBC52EA" w14:textId="5BCF53C8" w:rsidR="00704D36" w:rsidRPr="00704D36" w:rsidRDefault="00704D36">
       <w:pPr>
         <w:pStyle w:val="Obsah1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-GB" w:eastAsia="cs-CZ"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc526934580" w:history="1">
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+      <w:hyperlink w:anchor="_Toc214883475" w:history="1">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>9</w:t>
+          <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
             <w:b w:val="0"/>
+            <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
-            <w:lang w:val="en-GB" w:eastAsia="cs-CZ"/>
+            <w:lang w:eastAsia="cs-CZ"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00EA19A5">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>List of abbreviations and symbols</w:t>
+          <w:t>Appendices</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc526934580 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214883475 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007417E7" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>15</w:t>
+          <w:t>I</w:t>
         </w:r>
-        <w:r w:rsidR="00B65AF5" w:rsidRPr="00294A11">
+        <w:r w:rsidRPr="00704D36">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:webHidden/>
-            <w:sz w:val="24"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="387C9DE9" w14:textId="1A208AAB" w:rsidR="00B65AF5" w:rsidRPr="00294A11" w:rsidRDefault="009E5A38">
-[...112 lines deleted...]
-    <w:p w14:paraId="1FC2CB63" w14:textId="77777777" w:rsidR="005C1C86" w:rsidRPr="00294A11" w:rsidRDefault="005C1C86">
+    <w:p w14:paraId="1FC2CB63" w14:textId="12C5B167" w:rsidR="005C1C86" w:rsidRPr="00294A11" w:rsidRDefault="005C1C86">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F016358" w14:textId="77777777" w:rsidR="005C1C86" w:rsidRPr="00294A11" w:rsidRDefault="005C1C86" w:rsidP="00DC009F">
       <w:pPr>
         <w:spacing w:line="211" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="434CDA4B" w14:textId="77777777" w:rsidR="000B03AF" w:rsidRPr="00294A11" w:rsidRDefault="000B03AF" w:rsidP="00DC009F">
       <w:pPr>
         <w:spacing w:line="211" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4301981B" w14:textId="77777777" w:rsidR="00976D8B" w:rsidRPr="00976D8B" w:rsidRDefault="00976D8B" w:rsidP="00E37017">
       <w:pPr>
         <w:spacing w:line="211" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="ED7D31" w:themeColor="accent2"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="0EB3EF80" w14:textId="77777777" w:rsidR="00B65AF5" w:rsidRPr="00294A11" w:rsidRDefault="00B65AF5" w:rsidP="00E37017">
       <w:pPr>
         <w:spacing w:line="211" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="ED7D31" w:themeColor="accent2"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27F7B4E7" w14:textId="77777777" w:rsidR="00E37017" w:rsidRPr="00294A11" w:rsidRDefault="00E37017" w:rsidP="00DC009F">
       <w:pPr>
         <w:spacing w:line="211" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64E3CC9F" w14:textId="77777777" w:rsidR="007417E7" w:rsidRPr="00294A11" w:rsidRDefault="00A97122" w:rsidP="00A97122">
       <w:pPr>
@@ -3351,1095 +3000,26800 @@
       <w:pPr>
         <w:spacing w:line="211" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:sectPr w:rsidR="00AB1245" w:rsidRPr="00294A11" w:rsidSect="007417E7">
           <w:footerReference w:type="even" r:id="rId12"/>
           <w:footerReference w:type="default" r:id="rId13"/>
           <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
           <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1985" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0228C449" w14:textId="506EE245" w:rsidR="00C26921" w:rsidRPr="00294A11" w:rsidRDefault="00976D8B" w:rsidP="008D044F">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc214883458"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Introduction</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="70FECD6D" w14:textId="77777777" w:rsidR="00A97122" w:rsidRPr="00294A11" w:rsidRDefault="00A97122" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Text </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="7A1BD58B" w14:textId="77777777" w:rsidR="000F7EA1" w:rsidRPr="00294A11" w:rsidRDefault="000F7EA1" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18DC2B83" w14:textId="77777777" w:rsidR="00A97122" w:rsidRPr="00294A11" w:rsidRDefault="00A97122" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc164712004"/>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="517DF75D" w14:textId="2CC797D7" w:rsidR="00C26921" w:rsidRPr="00294A11" w:rsidRDefault="003E7E2A" w:rsidP="008D044F">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc214883459"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Scientific hypothesis and a</w:t>
       </w:r>
       <w:r w:rsidR="00976D8B">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>im</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00976D8B">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
       <w:r w:rsidR="005271EC">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00976D8B">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>hesis</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="68877C28" w14:textId="77777777" w:rsidR="000F7EA1" w:rsidRPr="00294A11" w:rsidRDefault="000F7EA1" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Text </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text</w:t>
-      </w:r>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="30B2EE69" w14:textId="77777777" w:rsidR="00A97122" w:rsidRPr="00294A11" w:rsidRDefault="00A97122" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B7110DA" w14:textId="77777777" w:rsidR="00A97122" w:rsidRPr="00294A11" w:rsidRDefault="00A97122" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BA06BD1" w14:textId="2ACDD046" w:rsidR="000F7EA1" w:rsidRPr="00294A11" w:rsidRDefault="00976D8B" w:rsidP="008D044F">
+    <w:p w14:paraId="1BA06BD1" w14:textId="45956F68" w:rsidR="000F7EA1" w:rsidRPr="00294A11" w:rsidRDefault="00976D8B" w:rsidP="008D044F">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc214883460"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Literature research</w:t>
-      </w:r>
+        <w:t>Literature re</w:t>
+      </w:r>
+      <w:r w:rsidR="00F20365">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>view</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p w14:paraId="7454E4A0" w14:textId="77777777" w:rsidR="00A97122" w:rsidRPr="00294A11" w:rsidRDefault="00A97122" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Text </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="77D3B4B3" w14:textId="17EAD809" w:rsidR="005F5B12" w:rsidRPr="00294A11" w:rsidRDefault="00976D8B" w:rsidP="008D044F">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc526934567"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc214883461"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Subchapter</w:t>
       </w:r>
       <w:r w:rsidR="000F7EA1" w:rsidRPr="00294A11">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="0FC82A7F" w14:textId="77777777" w:rsidR="00A97122" w:rsidRPr="00294A11" w:rsidRDefault="00A97122" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Text </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="0D12FA2B" w14:textId="46BE1D07" w:rsidR="000F7EA1" w:rsidRPr="00294A11" w:rsidRDefault="005271EC" w:rsidP="008D044F">
       <w:pPr>
         <w:pStyle w:val="Nadpis3"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc526934568"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc214883462"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Subchapter</w:t>
       </w:r>
       <w:r w:rsidR="000F7EA1" w:rsidRPr="00294A11">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A97122" w:rsidRPr="00294A11">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="2C1407A8" w14:textId="77777777" w:rsidR="00A97122" w:rsidRPr="00294A11" w:rsidRDefault="00A97122" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Text </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="17768F2D" w14:textId="77777777" w:rsidR="006B24D2" w:rsidRPr="00294A11" w:rsidRDefault="006B24D2" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A5F6E57" w14:textId="35087568" w:rsidR="006B24D2" w:rsidRPr="00294A11" w:rsidRDefault="00E37017" w:rsidP="008D044F">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc526934569"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc214883463"/>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Met</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidR="00976D8B">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>hodology</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="7A18D3E6" w14:textId="77777777" w:rsidR="006B24D2" w:rsidRPr="00294A11" w:rsidRDefault="006B24D2" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Text </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="258605A8" w14:textId="216B0CA4" w:rsidR="006B24D2" w:rsidRPr="00294A11" w:rsidRDefault="00976D8B" w:rsidP="008D044F">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc526934570"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc214883464"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Subchapter</w:t>
       </w:r>
       <w:r w:rsidR="006B24D2" w:rsidRPr="00294A11">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="2193D57A" w14:textId="77777777" w:rsidR="006B24D2" w:rsidRPr="00294A11" w:rsidRDefault="006B24D2" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Text </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="3F715BD3" w14:textId="51BFEC5E" w:rsidR="006B24D2" w:rsidRPr="00294A11" w:rsidRDefault="005271EC" w:rsidP="008D044F">
       <w:pPr>
         <w:pStyle w:val="Nadpis3"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc526934571"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc214883465"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Subchapter</w:t>
       </w:r>
       <w:r w:rsidR="006B24D2" w:rsidRPr="00294A11">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="7ADC7176" w14:textId="77777777" w:rsidR="006B24D2" w:rsidRPr="00294A11" w:rsidRDefault="006B24D2" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Text </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="75F9A477" w14:textId="77777777" w:rsidR="006B24D2" w:rsidRPr="00294A11" w:rsidRDefault="006B24D2" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="052758F4" w14:textId="2C9FBC86" w:rsidR="006B24D2" w:rsidRPr="00294A11" w:rsidRDefault="00976D8B" w:rsidP="008D044F">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Toc214883466"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Results</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p w14:paraId="518C3586" w14:textId="77777777" w:rsidR="006B24D2" w:rsidRPr="00294A11" w:rsidRDefault="006B24D2" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Text </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="0AEE27F4" w14:textId="564ED699" w:rsidR="006B24D2" w:rsidRPr="00294A11" w:rsidRDefault="00976D8B" w:rsidP="008D044F">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc526934573"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc214883467"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Subchapter</w:t>
       </w:r>
       <w:r w:rsidR="006B24D2" w:rsidRPr="00294A11">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="6D7F800C" w14:textId="77777777" w:rsidR="006B24D2" w:rsidRPr="00294A11" w:rsidRDefault="006B24D2" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Text </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="4F604658" w14:textId="67BE01F4" w:rsidR="006B24D2" w:rsidRPr="00294A11" w:rsidRDefault="005271EC" w:rsidP="008D044F">
       <w:pPr>
         <w:pStyle w:val="Nadpis3"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc526934574"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc214883468"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Subchapter</w:t>
       </w:r>
       <w:r w:rsidR="006B24D2" w:rsidRPr="00294A11">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="3B776CB8" w14:textId="77777777" w:rsidR="006B24D2" w:rsidRPr="00294A11" w:rsidRDefault="006B24D2" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Text </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="6F92A502" w14:textId="77777777" w:rsidR="006B24D2" w:rsidRPr="00294A11" w:rsidRDefault="006B24D2" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="67D13995" w14:textId="7488379F" w:rsidR="006B24D2" w:rsidRPr="00294A11" w:rsidRDefault="006B24D2" w:rsidP="008D044F">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc526934575"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc214883469"/>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Dis</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="00976D8B">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>cussion</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="609AECB5" w14:textId="77777777" w:rsidR="006B24D2" w:rsidRPr="00294A11" w:rsidRDefault="006B24D2" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Text </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="3277C4F4" w14:textId="2CD94FC8" w:rsidR="006B24D2" w:rsidRPr="00294A11" w:rsidRDefault="00976D8B" w:rsidP="008D044F">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc526934576"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc214883470"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Subchapter</w:t>
       </w:r>
       <w:r w:rsidR="006B24D2" w:rsidRPr="00294A11">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="37CB9F61" w14:textId="77777777" w:rsidR="006B24D2" w:rsidRPr="00294A11" w:rsidRDefault="006B24D2" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Text </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="19AE24CE" w14:textId="4C5E63FC" w:rsidR="006B24D2" w:rsidRPr="00294A11" w:rsidRDefault="005271EC" w:rsidP="008D044F">
       <w:pPr>
         <w:pStyle w:val="Nadpis3"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc526934577"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc214883471"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Subchapter</w:t>
       </w:r>
       <w:r w:rsidR="006B24D2" w:rsidRPr="00294A11">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:p w14:paraId="48C6C123" w14:textId="77777777" w:rsidR="006B24D2" w:rsidRPr="00294A11" w:rsidRDefault="006B24D2" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Text </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="0BEC2E70" w14:textId="77777777" w:rsidR="006B24D2" w:rsidRPr="00294A11" w:rsidRDefault="006B24D2" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EBE468A" w14:textId="635D5B62" w:rsidR="006B24D2" w:rsidRPr="00294A11" w:rsidRDefault="00976D8B" w:rsidP="008D044F">
+    <w:p w14:paraId="7EBE468A" w14:textId="185E9661" w:rsidR="006B24D2" w:rsidRPr="00294A11" w:rsidRDefault="00704D36" w:rsidP="008D044F">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Toc214883472"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Conclusion</w:t>
-      </w:r>
+        <w:t>Summary</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="64A523C0" w14:textId="77777777" w:rsidR="006B24D2" w:rsidRPr="00294A11" w:rsidRDefault="006B24D2" w:rsidP="008D044F">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Text </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="2E597443" w14:textId="77777777" w:rsidR="006B24D2" w:rsidRPr="00294A11" w:rsidRDefault="006B24D2" w:rsidP="008D044F">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Text </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="38CDFD51" w14:textId="77777777" w:rsidR="006B24D2" w:rsidRPr="00294A11" w:rsidRDefault="006B24D2" w:rsidP="008D044F">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Text </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="517BD122" w14:textId="77777777" w:rsidR="006B24D2" w:rsidRPr="00294A11" w:rsidRDefault="006B24D2" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1612F4D9" w14:textId="44BBFEE8" w:rsidR="006B24D2" w:rsidRPr="00294A11" w:rsidRDefault="00976D8B" w:rsidP="008D044F">
+    <w:p w14:paraId="1612F4D9" w14:textId="212CCB02" w:rsidR="006B24D2" w:rsidRPr="00294A11" w:rsidRDefault="00F20365" w:rsidP="008D044F">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Toc214883473"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Bibliography</w:t>
-      </w:r>
+        <w:t>List of references</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="7047E718" w14:textId="77777777" w:rsidR="00F963BA" w:rsidRPr="00294A11" w:rsidRDefault="00F963BA" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="482" w:hanging="482"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Buer CS, Muday GK, Djordjevic MA. 2007. Flavonoids Are Differentially Taken Up and Transported Long Distances in Arabidopsis. </w:t>
+        <w:t xml:space="preserve">Buer CS, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Muday</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GK, Djordjevic MA. 2007. Flavonoids Are Differentially Taken Up and Transported Long Distances in Arabidopsis. </w:t>
       </w:r>
       <w:r w:rsidR="00BE61A9" w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Plant Physiology</w:t>
       </w:r>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>145</w:t>
       </w:r>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:478–490. Available from http://www.plantphysiol.org/cgi/doi/10.1104/pp.107.101824.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="117981C0" w14:textId="77777777" w:rsidR="00F963BA" w:rsidRPr="00294A11" w:rsidRDefault="00F963BA" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="482" w:hanging="482"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Filippi A, Petrussa E, Braidot E. 2016. Flavonoid facilitated/passive transport: Characterization of quercetin microsomal uptake by a DPBA-dependent assay. Biochimica et Biophysica Acta (BBA) - Bioenergetics </w:t>
+        <w:t xml:space="preserve">Filippi A, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Petrussa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> E, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Braidot</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> E. 2016. Flavonoid facilitated/passive transport: Characterization of quercetin microsomal uptake by a DPBA-dependent assay. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Biochimica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Biophysica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Acta (BBA) - Bioenergetics </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1857</w:t>
       </w:r>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:e</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>64. Elsevier. Available from https://www.sciencedirect.com/science/article/pii/S0005272816302614?via%3Dihub (accessed May 31, 2018).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D736A4E" w14:textId="77777777" w:rsidR="00F963BA" w:rsidRPr="00294A11" w:rsidRDefault="00F963BA" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="482" w:hanging="482"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E7E2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Frangne N, Eggmann T, Koblischke C, Weissenbock G, Martinoia E, Klein M. 2002. </w:t>
+        <w:t>Frangne</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> N, Eggmann T, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Koblischke</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> C, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Weissenbock</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> G, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Martinoia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7E2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> E, Klein M. 2002. </w:t>
       </w:r>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Flavone Glucoside Uptake into Barley Mesophyll and Arabidopsis Cell Culture Vacuoles. Energization Occurs by H+-Antiport and ATP-Binding Cassette-Type Mechanisms. </w:t>
       </w:r>
       <w:r w:rsidR="00BE61A9" w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Physiology </w:t>
       </w:r>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>128</w:t>
       </w:r>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:726–733. Available from http://www.plantphysiol.org/cgi/doi/10.1104/pp.010590.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FC21E15" w14:textId="77777777" w:rsidR="00F963BA" w:rsidRPr="00294A11" w:rsidRDefault="00F963BA" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="482" w:hanging="482"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00294A11">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Jeandet P, Hébrard C, Deville M-A, Cordelier S, Dorey S, Aziz A, Crouzet J. 2014. Deciphering the Role of Phytoalexins in Plant-Microorganism Interactions and Human Health. Molecules </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Jeandet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> P, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Hébrard</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> C, Deville M-A, Cordelier S, Dorey S, Aziz A, Crouzet J. 2014. Deciphering the Role of Phytoalexins in Plant-Microorganism Interactions and Human Health. Molecules </w:t>
       </w:r>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>19</w:t>
       </w:r>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:18033–18056. Available from http://www.mdpi.com/1420-3049/19/11/18033.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6508ED42" w14:textId="77777777" w:rsidR="00F963BA" w:rsidRPr="00294A11" w:rsidRDefault="00F963BA" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="482" w:hanging="482"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pawlak-Sprada S, Stobiecki M, Deckert J. 2011. Activation of phenylpropanoid pathway in legume plants exposed to heavy metals. Part ii. Profiling of isoflavonoids and their glycoconjugates induced in roots of lupine (Lupinus luteus) seedlings treated with cadmium and lead. Acta Biochimica Polonica </w:t>
+        <w:t>Pawlak-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Sprada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Stobiecki</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> M, Deckert J. 2011. Activation of phenylpropanoid pathway in legume plants exposed to heavy metals. Part ii. Profiling of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>isoflavonoids</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and their glycoconjugates induced in roots of lupine (Lupinus luteus) seedlings treated with cadmium and lead. Acta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Biochimica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Polonica </w:t>
       </w:r>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>58</w:t>
       </w:r>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:217–223.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2282F0D1" w14:textId="77777777" w:rsidR="00F963BA" w:rsidRPr="00294A11" w:rsidRDefault="00F963BA" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="482" w:hanging="482"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Villegas M, Sommarin M, Brodelius PE. 2000. Effects of sodium orthovanadate on benzophenanthridine alkaloid formation and distribution in cell suspension cultures of Eschscholtzia californica. Plant Physiology and Biochemistry </w:t>
+        <w:t xml:space="preserve">Villegas M, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Sommarin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> M, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Brodelius</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PE. 2000. Effects of sodium orthovanadate on benzophenanthridine alkaloid formation and distribution in cell suspension cultures of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Eschscholtzia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> californica. Plant Physiology and Biochemistry </w:t>
       </w:r>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>38</w:t>
       </w:r>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:233–241.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="145D54B9" w14:textId="77777777" w:rsidR="00F963BA" w:rsidRPr="00294A11" w:rsidRDefault="00F963BA" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="482" w:hanging="482"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -4532,189 +29886,4786 @@
     </w:p>
     <w:p w14:paraId="54D94840" w14:textId="77777777" w:rsidR="006B24D2" w:rsidRPr="00294A11" w:rsidRDefault="006B24D2" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EB5AFDE" w14:textId="788F7738" w:rsidR="00AC5BB8" w:rsidRPr="00294A11" w:rsidRDefault="00976D8B" w:rsidP="008D044F">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="_Toc214883474"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>List of abbreviations and symbols</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="0B28B1B7" w14:textId="3B2B0569" w:rsidR="00AC5BB8" w:rsidRPr="00294A11" w:rsidRDefault="00AC5BB8" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="ED7D31" w:themeColor="accent2"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="ED7D31" w:themeColor="accent2"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00976D8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="ED7D31" w:themeColor="accent2"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>his chapter is not mandatory</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="333679B2" w14:textId="77777777" w:rsidR="00AC5BB8" w:rsidRPr="00294A11" w:rsidRDefault="00AC5BB8" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Text </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="4BE76EB1" w14:textId="77777777" w:rsidR="00AC5BB8" w:rsidRPr="00294A11" w:rsidRDefault="00AC5BB8" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Text </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="088E4BA7" w14:textId="77777777" w:rsidR="00AC5BB8" w:rsidRPr="00294A11" w:rsidRDefault="00AC5BB8" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Text </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="55F906DB" w14:textId="77777777" w:rsidR="00AC5BB8" w:rsidRPr="00294A11" w:rsidRDefault="00AC5BB8" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:sectPr w:rsidR="00AC5BB8" w:rsidRPr="00294A11" w:rsidSect="00321998">
           <w:headerReference w:type="default" r:id="rId14"/>
           <w:footerReference w:type="even" r:id="rId15"/>
           <w:footerReference w:type="default" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
           <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1985" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D88DA72" w14:textId="17B010E9" w:rsidR="00AC5BB8" w:rsidRPr="00294A11" w:rsidRDefault="00976D8B" w:rsidP="008D044F">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_Toc214883475"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Appendices </w:t>
+        <w:t>Appendices</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16312DEB" w14:textId="0E4897A8" w:rsidR="00AC5BB8" w:rsidRPr="00294A11" w:rsidRDefault="005271EC" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="ED7D31" w:themeColor="accent2"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="ED7D31" w:themeColor="accent2"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>This chapter is not mandatory</w:t>
       </w:r>
@@ -4742,130 +34693,1653 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="ED7D31" w:themeColor="accent2"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>!!!</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77BB566D" w14:textId="77777777" w:rsidR="00AC5BB8" w:rsidRPr="00294A11" w:rsidRDefault="00AC5BB8" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text Text</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Text </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00294A11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="68EF8D6E" w14:textId="77777777" w:rsidR="00B65AF5" w:rsidRPr="00294A11" w:rsidRDefault="00B65AF5" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00294A11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="49119C49" w14:textId="77777777" w:rsidR="000B03AF" w:rsidRPr="00294A11" w:rsidRDefault="000B03AF" w:rsidP="008D044F">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000B03AF" w:rsidRPr="00294A11" w:rsidSect="00321998">
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1985" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:fmt="upperRoman" w:start="1"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7D09B644" w14:textId="77777777" w:rsidR="00B87A6E" w:rsidRDefault="00B87A6E">
+    <w:p w14:paraId="11240843" w14:textId="77777777" w:rsidR="00802715" w:rsidRDefault="00802715">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78A23E6B" w14:textId="77777777" w:rsidR="00B87A6E" w:rsidRDefault="00B87A6E"/>
-    <w:p w14:paraId="0341887C" w14:textId="77777777" w:rsidR="00B87A6E" w:rsidRDefault="00B87A6E" w:rsidP="00D41882"/>
+    <w:p w14:paraId="2E5DB2B4" w14:textId="77777777" w:rsidR="00802715" w:rsidRDefault="00802715"/>
+    <w:p w14:paraId="5B9D7E5A" w14:textId="77777777" w:rsidR="00802715" w:rsidRDefault="00802715" w:rsidP="00D41882"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="00EA634A" w14:textId="77777777" w:rsidR="00B87A6E" w:rsidRDefault="00B87A6E">
+    <w:p w14:paraId="1615A390" w14:textId="77777777" w:rsidR="00802715" w:rsidRDefault="00802715">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AEFCE03" w14:textId="77777777" w:rsidR="00B87A6E" w:rsidRDefault="00B87A6E"/>
-    <w:p w14:paraId="1CBF2642" w14:textId="77777777" w:rsidR="00B87A6E" w:rsidRDefault="00B87A6E" w:rsidP="00D41882"/>
+    <w:p w14:paraId="573078CB" w14:textId="77777777" w:rsidR="00802715" w:rsidRDefault="00802715"/>
+    <w:p w14:paraId="7996E766" w14:textId="77777777" w:rsidR="00802715" w:rsidRDefault="00802715" w:rsidP="00D41882"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
@@ -4877,313 +36351,313 @@
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2A09B730" w14:textId="77777777" w:rsidR="007417E7" w:rsidRPr="007417E7" w:rsidRDefault="007417E7" w:rsidP="008D044F">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="center" w:pos="4395"/>
         <w:tab w:val="right" w:pos="8789"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1E44EB6E" w14:textId="70E7D3B8" w:rsidR="007417E7" w:rsidRPr="007417E7" w:rsidRDefault="007417E7" w:rsidP="007417E7">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="center" w:pos="4395"/>
         <w:tab w:val="right" w:pos="8789"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00371CA9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00371CA9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00371CA9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00614BFF">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:noProof/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidRPr="00371CA9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="07A8A6A6" w14:textId="1581504F" w:rsidR="008D044F" w:rsidRPr="007417E7" w:rsidRDefault="008D044F" w:rsidP="008D044F">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="center" w:pos="4395"/>
         <w:tab w:val="right" w:pos="8789"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00371CA9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00371CA9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00371CA9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00DE5EC2">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:noProof/>
       </w:rPr>
       <w:t>II</w:t>
     </w:r>
     <w:r w:rsidRPr="00371CA9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6C2B40DC" w14:textId="41242676" w:rsidR="000B03AF" w:rsidRPr="00371CA9" w:rsidRDefault="000B03AF" w:rsidP="00A97122">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="center" w:pos="4395"/>
         <w:tab w:val="right" w:pos="8789"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00371CA9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00371CA9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00371CA9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00DE5EC2">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:noProof/>
       </w:rPr>
       <w:t>13</w:t>
     </w:r>
     <w:r w:rsidRPr="00371CA9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="67968EB8" w14:textId="1F9F70C3" w:rsidR="00AC5BB8" w:rsidRPr="00371CA9" w:rsidRDefault="00AC5BB8" w:rsidP="00A97122">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="center" w:pos="4395"/>
         <w:tab w:val="right" w:pos="8789"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00371CA9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00371CA9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00371CA9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00FE0E6C">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:noProof/>
       </w:rPr>
       <w:t>I</w:t>
     </w:r>
     <w:r w:rsidRPr="00371CA9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2CC2642C" w14:textId="77777777" w:rsidR="00B87A6E" w:rsidRDefault="00B87A6E" w:rsidP="00D41882">
+    <w:p w14:paraId="77D87979" w14:textId="77777777" w:rsidR="00802715" w:rsidRDefault="00802715" w:rsidP="00D41882">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="17A24AE6" w14:textId="77777777" w:rsidR="00B87A6E" w:rsidRDefault="00B87A6E">
+    <w:p w14:paraId="43F70605" w14:textId="77777777" w:rsidR="00802715" w:rsidRDefault="00802715">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1044C1B8" w14:textId="77777777" w:rsidR="00B87A6E" w:rsidRDefault="00B87A6E"/>
+    <w:p w14:paraId="2B6D5B59" w14:textId="77777777" w:rsidR="00802715" w:rsidRDefault="00802715"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="45588455" w14:textId="77777777" w:rsidR="0059398C" w:rsidRPr="00F44574" w:rsidRDefault="0059398C" w:rsidP="00F44574">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02470362"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FB2A37C0"/>
     <w:lvl w:ilvl="0" w:tplc="AC2A5E58">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8032,156 +39506,159 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="2126076172">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="138421482">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1683043998">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="861015842">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1752893710">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1878933595">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1304962315">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="525025099">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1487546366">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1289623549">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="642198549">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="841941534">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1269000433">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="515929177">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="425199825">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1262757105">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1798914312">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1922333043">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1198667136">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="2043170804">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1175850604">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="180317468">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="12"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:mirrorMargins/>
-  <w:hideSpellingErrors/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="cs-CZ" w:vendorID="7" w:dllVersion="513" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="cs-CZ" w:vendorID="7" w:dllVersion="514" w:checkStyle="1"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
+  <w:docVars>
+    <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
+    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDYxsDAxM7AwNzYzMDW0MDJT0lEKTi0uzszPAykwrAUA9CsAhSwAAAA="/>
+  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="008149DB"/>
     <w:rsid w:val="00000F30"/>
     <w:rsid w:val="000034D7"/>
     <w:rsid w:val="00003842"/>
     <w:rsid w:val="00004560"/>
     <w:rsid w:val="000045CC"/>
     <w:rsid w:val="00004D83"/>
     <w:rsid w:val="000051BC"/>
     <w:rsid w:val="00006361"/>
     <w:rsid w:val="0000788C"/>
     <w:rsid w:val="000104B1"/>
     <w:rsid w:val="00011E83"/>
     <w:rsid w:val="000122AD"/>
     <w:rsid w:val="00012976"/>
     <w:rsid w:val="000139EA"/>
     <w:rsid w:val="00016D80"/>
     <w:rsid w:val="00017950"/>
     <w:rsid w:val="00017ADB"/>
     <w:rsid w:val="0002224A"/>
     <w:rsid w:val="00022EC2"/>
     <w:rsid w:val="000277A9"/>
     <w:rsid w:val="00030742"/>
     <w:rsid w:val="00031A08"/>
     <w:rsid w:val="00032749"/>
@@ -8919,50 +40396,51 @@
     <w:rsid w:val="006D1F1F"/>
     <w:rsid w:val="006D3DCE"/>
     <w:rsid w:val="006D50EC"/>
     <w:rsid w:val="006D51B9"/>
     <w:rsid w:val="006D62D6"/>
     <w:rsid w:val="006D641C"/>
     <w:rsid w:val="006D6DA7"/>
     <w:rsid w:val="006E07F9"/>
     <w:rsid w:val="006E0D18"/>
     <w:rsid w:val="006E0DD6"/>
     <w:rsid w:val="006E29D8"/>
     <w:rsid w:val="006E3643"/>
     <w:rsid w:val="006E3C90"/>
     <w:rsid w:val="006E46EE"/>
     <w:rsid w:val="006E47B9"/>
     <w:rsid w:val="006E7666"/>
     <w:rsid w:val="006F4CD7"/>
     <w:rsid w:val="006F61A8"/>
     <w:rsid w:val="006F662E"/>
     <w:rsid w:val="006F6B28"/>
     <w:rsid w:val="006F6E85"/>
     <w:rsid w:val="006F7D2B"/>
     <w:rsid w:val="007010B3"/>
     <w:rsid w:val="0070202E"/>
     <w:rsid w:val="007035E8"/>
+    <w:rsid w:val="00704D36"/>
     <w:rsid w:val="00705E4C"/>
     <w:rsid w:val="00706F55"/>
     <w:rsid w:val="00707A46"/>
     <w:rsid w:val="00712E98"/>
     <w:rsid w:val="00715B48"/>
     <w:rsid w:val="00720066"/>
     <w:rsid w:val="007213B8"/>
     <w:rsid w:val="00721C7D"/>
     <w:rsid w:val="00724163"/>
     <w:rsid w:val="0072460E"/>
     <w:rsid w:val="007247AF"/>
     <w:rsid w:val="00724A92"/>
     <w:rsid w:val="007256A3"/>
     <w:rsid w:val="00726C1C"/>
     <w:rsid w:val="00727BCF"/>
     <w:rsid w:val="007311FA"/>
     <w:rsid w:val="00731FEC"/>
     <w:rsid w:val="007323B3"/>
     <w:rsid w:val="00733928"/>
     <w:rsid w:val="00733C0D"/>
     <w:rsid w:val="0073444F"/>
     <w:rsid w:val="0073482F"/>
     <w:rsid w:val="007349A8"/>
     <w:rsid w:val="00736D10"/>
     <w:rsid w:val="007373B3"/>
@@ -9014,50 +40492,51 @@
     <w:rsid w:val="007D4283"/>
     <w:rsid w:val="007D4452"/>
     <w:rsid w:val="007D7343"/>
     <w:rsid w:val="007E03F5"/>
     <w:rsid w:val="007E1547"/>
     <w:rsid w:val="007E1FAF"/>
     <w:rsid w:val="007E2021"/>
     <w:rsid w:val="007E3701"/>
     <w:rsid w:val="007E374C"/>
     <w:rsid w:val="007E3959"/>
     <w:rsid w:val="007E3BA3"/>
     <w:rsid w:val="007E4BBF"/>
     <w:rsid w:val="007E4E5D"/>
     <w:rsid w:val="007E4ECA"/>
     <w:rsid w:val="007E5005"/>
     <w:rsid w:val="007E5657"/>
     <w:rsid w:val="007E5925"/>
     <w:rsid w:val="007E79BE"/>
     <w:rsid w:val="007F084A"/>
     <w:rsid w:val="007F09D3"/>
     <w:rsid w:val="007F11C1"/>
     <w:rsid w:val="007F40A3"/>
     <w:rsid w:val="00800C69"/>
     <w:rsid w:val="0080131A"/>
     <w:rsid w:val="0080159D"/>
+    <w:rsid w:val="00802715"/>
     <w:rsid w:val="0080519F"/>
     <w:rsid w:val="00806C2D"/>
     <w:rsid w:val="00806EDF"/>
     <w:rsid w:val="00807A44"/>
     <w:rsid w:val="00810860"/>
     <w:rsid w:val="00812293"/>
     <w:rsid w:val="00812BB0"/>
     <w:rsid w:val="0081422F"/>
     <w:rsid w:val="0081434C"/>
     <w:rsid w:val="0081454F"/>
     <w:rsid w:val="008149A6"/>
     <w:rsid w:val="008149DB"/>
     <w:rsid w:val="00815188"/>
     <w:rsid w:val="00816AAF"/>
     <w:rsid w:val="008170B2"/>
     <w:rsid w:val="0081742A"/>
     <w:rsid w:val="008206F9"/>
     <w:rsid w:val="00820773"/>
     <w:rsid w:val="00820A9F"/>
     <w:rsid w:val="008210FB"/>
     <w:rsid w:val="00821A05"/>
     <w:rsid w:val="00821B1F"/>
     <w:rsid w:val="00822D32"/>
     <w:rsid w:val="00824D25"/>
     <w:rsid w:val="0082618A"/>
@@ -9264,50 +40743,51 @@
     <w:rsid w:val="00A13ADA"/>
     <w:rsid w:val="00A162F8"/>
     <w:rsid w:val="00A20FAD"/>
     <w:rsid w:val="00A219FD"/>
     <w:rsid w:val="00A220A4"/>
     <w:rsid w:val="00A22256"/>
     <w:rsid w:val="00A22DD9"/>
     <w:rsid w:val="00A254B9"/>
     <w:rsid w:val="00A25B04"/>
     <w:rsid w:val="00A27E7E"/>
     <w:rsid w:val="00A3138E"/>
     <w:rsid w:val="00A32C25"/>
     <w:rsid w:val="00A34506"/>
     <w:rsid w:val="00A36A1E"/>
     <w:rsid w:val="00A36CD3"/>
     <w:rsid w:val="00A407EC"/>
     <w:rsid w:val="00A40EA1"/>
     <w:rsid w:val="00A412C0"/>
     <w:rsid w:val="00A41694"/>
     <w:rsid w:val="00A42EF7"/>
     <w:rsid w:val="00A43AAE"/>
     <w:rsid w:val="00A43CC0"/>
     <w:rsid w:val="00A43F7A"/>
     <w:rsid w:val="00A4440E"/>
     <w:rsid w:val="00A449AE"/>
+    <w:rsid w:val="00A44CE1"/>
     <w:rsid w:val="00A453C1"/>
     <w:rsid w:val="00A50CE9"/>
     <w:rsid w:val="00A520EF"/>
     <w:rsid w:val="00A53E24"/>
     <w:rsid w:val="00A56067"/>
     <w:rsid w:val="00A5606B"/>
     <w:rsid w:val="00A57828"/>
     <w:rsid w:val="00A64937"/>
     <w:rsid w:val="00A653A8"/>
     <w:rsid w:val="00A654D5"/>
     <w:rsid w:val="00A65EDC"/>
     <w:rsid w:val="00A66F8A"/>
     <w:rsid w:val="00A67797"/>
     <w:rsid w:val="00A7079A"/>
     <w:rsid w:val="00A7105D"/>
     <w:rsid w:val="00A72CF7"/>
     <w:rsid w:val="00A72DAD"/>
     <w:rsid w:val="00A73D3C"/>
     <w:rsid w:val="00A746E1"/>
     <w:rsid w:val="00A7493F"/>
     <w:rsid w:val="00A754A2"/>
     <w:rsid w:val="00A75B10"/>
     <w:rsid w:val="00A75F56"/>
     <w:rsid w:val="00A762EA"/>
     <w:rsid w:val="00A771CF"/>
@@ -9805,50 +41285,51 @@
     <w:rsid w:val="00EE0F3A"/>
     <w:rsid w:val="00EE127E"/>
     <w:rsid w:val="00EE2B25"/>
     <w:rsid w:val="00EE32D3"/>
     <w:rsid w:val="00EE5799"/>
     <w:rsid w:val="00EE5DC0"/>
     <w:rsid w:val="00EE6342"/>
     <w:rsid w:val="00EE68B4"/>
     <w:rsid w:val="00EF3B55"/>
     <w:rsid w:val="00EF5670"/>
     <w:rsid w:val="00EF721C"/>
     <w:rsid w:val="00F00D85"/>
     <w:rsid w:val="00F01F7D"/>
     <w:rsid w:val="00F04570"/>
     <w:rsid w:val="00F05303"/>
     <w:rsid w:val="00F057EC"/>
     <w:rsid w:val="00F05D78"/>
     <w:rsid w:val="00F06D26"/>
     <w:rsid w:val="00F10280"/>
     <w:rsid w:val="00F125DC"/>
     <w:rsid w:val="00F14358"/>
     <w:rsid w:val="00F148BE"/>
     <w:rsid w:val="00F15D89"/>
     <w:rsid w:val="00F17030"/>
     <w:rsid w:val="00F176A5"/>
+    <w:rsid w:val="00F20365"/>
     <w:rsid w:val="00F20F0F"/>
     <w:rsid w:val="00F218D2"/>
     <w:rsid w:val="00F21A1C"/>
     <w:rsid w:val="00F21F0D"/>
     <w:rsid w:val="00F23727"/>
     <w:rsid w:val="00F23EE7"/>
     <w:rsid w:val="00F243F7"/>
     <w:rsid w:val="00F25032"/>
     <w:rsid w:val="00F25C35"/>
     <w:rsid w:val="00F30AF7"/>
     <w:rsid w:val="00F31928"/>
     <w:rsid w:val="00F320C9"/>
     <w:rsid w:val="00F3297D"/>
     <w:rsid w:val="00F34B0E"/>
     <w:rsid w:val="00F36676"/>
     <w:rsid w:val="00F41218"/>
     <w:rsid w:val="00F43DC7"/>
     <w:rsid w:val="00F444A2"/>
     <w:rsid w:val="00F44574"/>
     <w:rsid w:val="00F44639"/>
     <w:rsid w:val="00F45274"/>
     <w:rsid w:val="00F4774B"/>
     <w:rsid w:val="00F50D60"/>
     <w:rsid w:val="00F53992"/>
     <w:rsid w:val="00F54A2E"/>
@@ -9911,152 +41392,155 @@
     <w:rsid w:val="00FE3E5D"/>
     <w:rsid w:val="00FE4A72"/>
     <w:rsid w:val="00FE721B"/>
     <w:rsid w:val="00FF3E14"/>
     <w:rsid w:val="00FF4BFF"/>
     <w:rsid w:val="00FF54A4"/>
     <w:rsid w:val="00FF631F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1B710857"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7B7FD75A-1E45-4274-B277-5D1BBC9AF164}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39" w:qFormat="1"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39" w:qFormat="1"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39" w:qFormat="1"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="header" w:uiPriority="99"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
     <w:lsdException w:name="HTML Cite" w:uiPriority="99"/>
     <w:lsdException w:name="HTML Code" w:uiPriority="99"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
@@ -10234,50 +41718,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00D41882"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
     <w:link w:val="Nadpis1Char"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="00C46838"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="21"/>
       </w:numPr>
       <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
@@ -11620,51 +43105,51 @@
     <w:link w:val="PedmtkomenteChar"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00976D8B"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PedmtkomenteChar">
     <w:name w:val="Předmět komentáře Char"/>
     <w:basedOn w:val="TextkomenteChar"/>
     <w:link w:val="Pedmtkomente"/>
     <w:semiHidden/>
     <w:rsid w:val="00976D8B"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="75054513">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="194195334">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -12301,51 +43786,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2147158763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId23" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Kancelář">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -12582,65 +44067,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...13 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101005D92957076C42A46B21DCCFD468C6E4B" ma:contentTypeVersion="12" ma:contentTypeDescription="Vytvoří nový dokument" ma:contentTypeScope="" ma:versionID="b8e0914de6f4abc7cf0cd7ae55a1891a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="4bee93a0-fb3d-4399-83e4-5c359e19d96a" xmlns:ns4="f992325a-736c-4f07-88d3-e92e59b73255" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="69300c1d19e081f29fa525c4a3c74abc" ns3:_="" ns4:_="">
     <xsd:import namespace="4bee93a0-fb3d-4399-83e4-5c359e19d96a"/>
     <xsd:import namespace="f992325a-736c-4f07-88d3-e92e59b73255"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -12813,143 +44283,150 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6A6A83B-C749-44D8-A0F8-6A23F4116B2E}">
-[...23 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E2CE7552-190C-4DD7-8CC5-98B7E790609F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="4bee93a0-fb3d-4399-83e4-5c359e19d96a"/>
     <ds:schemaRef ds:uri="f992325a-736c-4f07-88d3-e92e59b73255"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{572F7391-0FE7-4B46-941F-B19FE0CBA484}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6A6A83B-C749-44D8-A0F8-6A23F4116B2E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2654F339-CA27-4B38-87D3-DDDC393F2E35}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>16</Pages>
-  <Words>2613</Words>
-  <Characters>12826</Characters>
+  <Words>2240</Words>
+  <Characters>13216</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-  <Lines>106</Lines>
+  <DocSecurity>0</DocSecurity>
+  <Lines>110</Lines>
   <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Šablona BP</vt:lpstr>
       <vt:lpstr>Šablona BP</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>-</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15409</CharactersWithSpaces>
+  <CharactersWithSpaces>15426</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="30" baseType="variant">
       <vt:variant>
         <vt:i4>1703995</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>62</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc322423885</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1703995</vt:i4>
       </vt:variant>
       <vt:variant>